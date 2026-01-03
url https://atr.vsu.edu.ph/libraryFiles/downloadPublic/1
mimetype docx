--- v0 (2025-12-05)
+++ v1 (2026-01-03)
@@ -7,95 +7,95 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00521769" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="6BB0B858" w14:textId="1C1CC30C" w:rsidR="00521769" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ORIGINAL ARTICLE, REVIEW,</w:t>
       </w:r>
       <w:r w:rsidR="009708B3" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> RESEARCH NOTES,</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> PERSPECTIVE</w:t>
+        <w:t>PERSPECTIVE</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">, SHORT COMMUNICATION, CASE REPORT </w:t>
+        <w:t xml:space="preserve">, CASE REPORT </w:t>
       </w:r>
       <w:r w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(BOLD, 1</w:t>
       </w:r>
       <w:r w:rsidR="00521769" w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
@@ -172,83 +172,135 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eft</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="759CF06A" w14:textId="0CD4096E" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rStyle w:val="LineNumber"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>(choose your article type)</w:t>
+        <w:t>(choose your article type</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">visit </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:szCs w:val="24"/>
+            <w:highlight w:val="yellow"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>https://atr.vsu.edu.ph/instruction-to-authors</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="20C01AA8" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00521769" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="04CB5429" w14:textId="77777777" w:rsidR="00521769" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Title of </w:t>
       </w:r>
       <w:r w:rsidR="00521769" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -324,129 +376,295 @@
         <w:t xml:space="preserve">, Align </w:t>
       </w:r>
       <w:r w:rsidR="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="0003595C" w:rsidRPr="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eft)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00521769" w:rsidP="00910991">
+    <w:p w14:paraId="0768540F" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRDefault="00521769" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">The title </w:t>
       </w:r>
       <w:r w:rsidR="00D62358" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>must not exceed 100 characters, including spaces</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="0A97E12B" w14:textId="262F0BD8" w:rsidR="00FC077F" w:rsidRPr="00FC077F" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Example:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Feeding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cology of the Philippine </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>agle (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Pithecophaga</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>jefferyi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>) in Eastern Visayas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486D688A" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B764B5" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="28504C9A" w14:textId="44F9C769" w:rsidR="00B764B5" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00997989">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Authors </w:t>
+        <w:t>Authors</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00997989">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B764B5" w:rsidRPr="00997989">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00997989">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ames</w:t>
       </w:r>
       <w:r w:rsidR="00B764B5" w:rsidRPr="00997989">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -466,544 +684,647 @@
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B764B5" w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>see example below</w:t>
       </w:r>
       <w:r w:rsidR="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B764B5" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+    <w:p w14:paraId="6D548F4C" w14:textId="29C8CE9A" w:rsidR="00B764B5" w:rsidRPr="00FC077F" w:rsidRDefault="00B764B5" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="005800"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>First Name, Middle Initial, Last Name</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>First Name, Middle Initial, Last Name</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>First</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name, Middle Initial, Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F" w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="600A3A56" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRPr="00FC077F" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="036CEC75" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRPr="00FC077F" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Institute of Tropical Ecology and Environmental Management, Visayas State University, Visca, Baybay City, Leyte, 6521-A, Philippines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D09AD2C" w14:textId="77777777" w:rsidR="00FC077F" w:rsidRPr="00FC077F" w:rsidRDefault="00B764B5" w:rsidP="00FC077F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Department of Veterinary Clinical Sciences, Faculty of Veterinary Medicine, Visayas State University, Visca, Baybay City, Leyte, 6521-A, Philippines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B59E16B" w14:textId="72B7C6B1" w:rsidR="00FC077F" w:rsidRPr="00FC077F" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Department of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Animal Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Faculty of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Agriculture and Food Science</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Visayas State University, Visca, Baybay City, Leyte, 6521-A, Philippines</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A2CA81" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="203F7E7F" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRPr="00997989" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00997989">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corresponding author’s email address: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE49A7D" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
-[...3 lines deleted...]
-        <w:t>Author 1</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Author 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B764B5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
-[...202 lines deleted...]
-          <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...43 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">ORCID: </w:t>
       </w:r>
       <w:r w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidR="007216E5" w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="007216E5" w:rsidRPr="007216E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:iCs/>
             <w:color w:val="00B050"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="007216E5" w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B764B5" w:rsidRPr="00B764B5" w:rsidRDefault="00B764B5" w:rsidP="00910991">
+    <w:p w14:paraId="63078AC5" w14:textId="77777777" w:rsidR="00B764B5" w:rsidRPr="00B764B5" w:rsidRDefault="00B764B5" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Author 2 ORCID:</w:t>
       </w:r>
       <w:r w:rsidR="007216E5" w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="007216E5" w:rsidRPr="007216E5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
             <w:bCs/>
             <w:iCs/>
             <w:color w:val="00B050"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://orcid.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="33638DD8" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00B764B5" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="0D456EFD" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00FC077F" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
-          <w:color w:val="00B050"/>
+          <w:color w:val="005800"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B764B5">
-[...4 lines deleted...]
-          <w:color w:val="00B050"/>
+      <w:r w:rsidRPr="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="005800"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>ORCID link of the authors (particularly the first author and the corresponding author) is mandatory to mention.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="3BBF9961" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="406C044A" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007216E5" w:rsidRDefault="007216E5" w:rsidP="00910991">
+    <w:p w14:paraId="0AED73DC" w14:textId="77777777" w:rsidR="007216E5" w:rsidRDefault="007216E5" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007216E5" w:rsidRPr="0003595C" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="528284C1" w14:textId="194BA77E" w:rsidR="007216E5" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Title of </w:t>
       </w:r>
       <w:r w:rsidR="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>the M</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC077F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">anuscript </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(BOLD, 1</w:t>
       </w:r>
       <w:r w:rsidR="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1049,85 +1370,98 @@
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="0003595C" w:rsidRPr="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eft</w:t>
       </w:r>
       <w:r w:rsidRPr="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007216E5" w:rsidRPr="00521769" w:rsidRDefault="007216E5" w:rsidP="00910991">
+    <w:p w14:paraId="72900B86" w14:textId="77777777" w:rsidR="00FC077F" w:rsidRPr="0003595C" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="742BC50A" w14:textId="77777777" w:rsidR="007216E5" w:rsidRPr="00521769" w:rsidRDefault="007216E5" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E33042C" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="003E3E28" w:rsidP="00910991">
+    <w:p w14:paraId="1633E946" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="003E3E28" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Normal, 12 Arial</w:t>
       </w:r>
       <w:r w:rsidR="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
@@ -1230,63 +1564,63 @@
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>t should be no longer than 300 words.</w:t>
       </w:r>
       <w:r w:rsidR="004F0D5F" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Text……</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E3E28" w:rsidRPr="00521769" w:rsidRDefault="003E3E28" w:rsidP="00910991">
+    <w:p w14:paraId="6088DB60" w14:textId="77777777" w:rsidR="003E3E28" w:rsidRPr="00521769" w:rsidRDefault="003E3E28" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="7D54CD82" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Keywords: </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
@@ -1334,98 +1668,98 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="003E3E28" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4 to</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6 words, alphabetic order) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00997989" w:rsidRDefault="00997989" w:rsidP="00910991">
+    <w:p w14:paraId="395CFA0D" w14:textId="77777777" w:rsidR="00997989" w:rsidRDefault="00997989" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00997989" w:rsidSect="007216E5">
-          <w:headerReference w:type="even" r:id="rId10"/>
-[...2 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:footerReference w:type="even" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="510" w:footer="0" w:gutter="0"/>
           <w:lnNumType w:countBy="1" w:restart="continuous"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="3EF187EF" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="52F8B30A" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Text ……</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -1492,302 +1826,284 @@
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and the environment </w:t>
       </w:r>
       <w:r w:rsidR="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>(Yepes, 2024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Text ……. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resistance pattern </w:t>
+      </w:r>
+      <w:r w:rsidR="007216E5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007216E5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-        <w:t>Yepes</w:t>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Gravoso</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007216E5">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
-[...40 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="0003595C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pajares, 2024). </w:t>
+      </w:r>
+      <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Portugaliza</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75263" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> noted that in recent years, text……………. Text…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…..</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which was used by </w:t>
+      </w:r>
+      <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>De Los Santos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A75263" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r w:rsidR="005B5DAF" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A75263" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2024)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in their experiments. Text …………………….</w:t>
+      </w:r>
+      <w:r w:rsidR="0003595C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> circular economy (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Pajares</w:t>
+        <w:t>Seriño</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 2024). </w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> noted that in recent years, text……………. Text…</w:t>
+        <w:t xml:space="preserve"> et al., 2024; Yepes et al., 2023). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The objective of our study was …………</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...108 lines deleted...]
-        <w:t>The objective of our study was …………</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(your </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>research)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>…………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00521769">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="007216E5" w:rsidRPr="007216E5" w:rsidRDefault="007216E5" w:rsidP="00910991">
+    <w:p w14:paraId="29F970F5" w14:textId="77777777" w:rsidR="007216E5" w:rsidRPr="007216E5" w:rsidRDefault="007216E5" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>For in-text citations, f</w:t>
       </w:r>
       <w:r w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1824,91 +2140,91 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="007216E5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>dition</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="616F372D" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="02A4A0D4" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MATERIALS AND METHODS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="00BA9294" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Subheadings should be used </w:t>
       </w:r>
       <w:r w:rsidR="00D62358" w:rsidRPr="00521769">
         <w:rPr>
@@ -1939,51 +2255,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="0003595C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Align L</w:t>
       </w:r>
       <w:r w:rsidR="00D62358" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eft)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="1095D5AB" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Text ……</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2055,51 +2371,51 @@
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be complete enough to allow experiments to be reproduced. However, only truly new procedures should be described in detail; previously published procedures should be cited</w:t>
       </w:r>
       <w:r w:rsidR="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> with brief descriptions</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, and important modifications of published procedures should be mentioned briefly. Capitalize trade names and include the manufacturer’s name and address (city and state). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="5F32B770" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>For example</w:t>
       </w:r>
       <w:r w:rsidR="00E960C3" w:rsidRPr="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
@@ -2205,81 +2521,81 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>gm</w:t>
       </w:r>
       <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> L</w:t>
       </w:r>
       <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
+    <w:p w14:paraId="37B424DA" w14:textId="77777777" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="14F69118" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RESULTS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="52290DA6" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:caps/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Subheadings can be used </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
@@ -2330,51 +2646,51 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Align L</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eft)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="0BFD8189" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Text ……</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2489,51 +2805,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in the text.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="175F0B49" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>For example</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
@@ -2578,83 +2894,83 @@
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>spell-out not Fig</w:t>
       </w:r>
       <w:r w:rsidR="008603CC" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000F7111" w:rsidRPr="00521769" w:rsidRDefault="000F7111" w:rsidP="00910991">
+    <w:p w14:paraId="3440B0EF" w14:textId="77777777" w:rsidR="000F7111" w:rsidRPr="00521769" w:rsidRDefault="000F7111" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0003595C" w:rsidRPr="00521769" w:rsidRDefault="0003595C" w:rsidP="00910991">
+    <w:p w14:paraId="30D08A41" w14:textId="77777777" w:rsidR="0003595C" w:rsidRPr="00521769" w:rsidRDefault="0003595C" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DISCUSSION</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E960C3" w:rsidRDefault="00E960C3" w:rsidP="00910991">
+    <w:p w14:paraId="4B54B9C0" w14:textId="77777777" w:rsidR="00E960C3" w:rsidRDefault="00E960C3" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Text… </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Normal, 12 Arial,</w:t>
@@ -2687,156 +3003,156 @@
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…..</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Discussion, speculation, and detailed interpretation of data should not be included in the results but in the discussion section. The Discussion should interpret the findings given the results obtained in this and past studies on this topic. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E960C3" w:rsidRDefault="00E960C3" w:rsidP="00910991">
+    <w:p w14:paraId="0C66E84C" w14:textId="77777777" w:rsidR="00E960C3" w:rsidRDefault="00E960C3" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E960C3" w:rsidRPr="00521769" w:rsidRDefault="00E960C3" w:rsidP="00910991">
+    <w:p w14:paraId="62EA7483" w14:textId="77777777" w:rsidR="00E960C3" w:rsidRPr="00521769" w:rsidRDefault="00E960C3" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The Results and Discussion</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sections can be merged if the manuscript is a </w:t>
       </w:r>
       <w:r w:rsidRPr="00E960C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Short Communication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, a qualitative study, or the merged format best fits the paper.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0003595C" w:rsidRDefault="0003595C" w:rsidP="00910991">
+    <w:p w14:paraId="5784BBAD" w14:textId="77777777" w:rsidR="0003595C" w:rsidRDefault="0003595C" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="1A20BFE1" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONCLUSION</w:t>
       </w:r>
       <w:r w:rsidR="003E3E28" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="756DE105" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Text ……</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2932,81 +3248,91 @@
       <w:r w:rsidR="005679F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> section</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> should include the </w:t>
       </w:r>
       <w:r w:rsidR="005679F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>main findings reflecting on the objectives of the study. Recommendations and implications can be included in this section.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
+    <w:p w14:paraId="135E6532" w14:textId="77777777" w:rsidR="008603CC" w:rsidRDefault="008603CC" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D62358" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="78F3EB89" w14:textId="77777777" w:rsidR="00FC077F" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521769">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
+    <w:p w14:paraId="275CE3B1" w14:textId="36D98A35" w:rsidR="00D62358" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Acknowledgment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3197BD71" w14:textId="77777777" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
@@ -3033,697 +3359,857 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Please provide any acknowledgments you would like to include in your manuscript. This may include individuals, institutions, or organizations that contributed to your research but are not listed as co-authors.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D62358" w:rsidRPr="00521769" w:rsidRDefault="00D62358" w:rsidP="00910991">
+    <w:p w14:paraId="254B5E1C" w14:textId="77777777" w:rsidR="00D62358" w:rsidRDefault="00D62358" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
-[...144 lines deleted...]
-    <w:p w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
+    <w:p w14:paraId="0A14D213" w14:textId="77777777" w:rsidR="00FC077F" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...80 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
-[...224 lines deleted...]
-    <w:p w:rsidR="00D62358" w:rsidRDefault="00D62358" w:rsidP="00910991">
+    <w:p w14:paraId="429F5483" w14:textId="77777777" w:rsidR="00FC077F" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007B42DA" w:rsidRPr="00521769" w:rsidRDefault="007B42DA" w:rsidP="00910991">
+    <w:p w14:paraId="57662BA4" w14:textId="3E51B3A1" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authors Contributions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05A519C2" w14:textId="77777777" w:rsidR="00907823" w:rsidRPr="005679F9" w:rsidRDefault="005679F9" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normal, 12 Arial, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Align Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005679F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Indicate the initials of the author’s name and his/her contribution</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Example: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005679F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>JDC designed the study and wrote the paper</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>; HPP collected and analyzed data and wrote the first draft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29D9DF86" w14:textId="77777777" w:rsidR="00D62358" w:rsidRPr="00521769" w:rsidRDefault="00D62358" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2660EC6D" w14:textId="302A6F3E" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Funding Source</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5AD5C8" w14:textId="77777777" w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normal, 12 Arial, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Align Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00907823" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00907823" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kindly list all funding sources that supported the work described in your manuscript. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Example: This study received a grant from the Department of Science and Technology (DOST).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AC83EBD" w14:textId="77777777" w:rsidR="005B5DAF" w:rsidRPr="00521769" w:rsidRDefault="005B5DAF" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="008603CC" w:rsidP="00910991">
+    <w:p w14:paraId="3F1B8D7C" w14:textId="6725C032" w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>COMPETING INTEREST</w:t>
+        <w:t xml:space="preserve">Availability </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f Data </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nd Materials</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="00907823" w:rsidP="00910991">
+    <w:p w14:paraId="1F0FAA10" w14:textId="77777777" w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00521769">
-[...38 lines deleted...]
-        <w:t>All Left</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normal, 12 Arial, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Align Left</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00521769">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00521769">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>We also ask that you disclose any potential conflicts of interest related to the research, authorship, or publication of this manuscript. Even if there are no conflicts, please </w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">indicate that the authors declare no competing interests. </w:t>
+        <w:t>Please indicate if data and materials generated or analyzed during this study are included in this article and its supplementary files, and/or available from the corresponding author upon request.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="00907823" w:rsidP="00910991">
+    <w:p w14:paraId="36FBDD63" w14:textId="77777777" w:rsidR="0089514F" w:rsidRPr="00521769" w:rsidRDefault="0089514F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="7768F3EE" w14:textId="5393C1C1" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ethical Consideration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1062F0EB" w14:textId="77777777" w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="00907823" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Normal, </w:t>
+      </w:r>
+      <w:r w:rsidR="003E3E28" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12 Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005679F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Align Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Please indicate approval from the ethics committee whenever applicable. Human research involving participants, materials, or data must adhere to the principles outlined in the Declaration of Helsinki and receive approval from an ethics committee. Research experiments involving vertebrates or regulated invertebrates must adhere to institutional, national, or international regulations and, where applicable, should be approved by </w:t>
+      </w:r>
+      <w:r w:rsidR="005679F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Institutional Animal Care and Use Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EC119CC" w14:textId="77777777" w:rsidR="00D62358" w:rsidRDefault="00D62358" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11078A51" w14:textId="77777777" w:rsidR="007B42DA" w:rsidRPr="00521769" w:rsidRDefault="007B42DA" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69520BC8" w14:textId="2F9B3B65" w:rsidR="008603CC" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Competing Interest</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B9AE701" w14:textId="77777777" w:rsidR="00907823" w:rsidRDefault="00907823" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Normal, </w:t>
+      </w:r>
+      <w:r w:rsidR="003E3E28" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12 Arial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005679F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>We also ask that you disclose any potential conflicts of interest related to the research, authorship, or publication of this manuscript. Even if there are no conflicts, please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicate that the authors declare no competing interests. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D09318C" w14:textId="77777777" w:rsidR="00523A04" w:rsidRDefault="00523A04" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DA90206" w14:textId="3BAB4969" w:rsidR="00523A04" w:rsidRDefault="00523A04" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00523A04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AI Declaration Statement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFDA486" w14:textId="41F6724E" w:rsidR="00523A04" w:rsidRPr="00523A04" w:rsidRDefault="00523A04" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Normal, 12 Arial, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>All Left</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00523A04">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Authors may use artificial intelligence (AI)–assisted tools only to support language editing, grammar correction, and improvement of clarity and readability of the manuscript. Any such use must be transparent and disclosed under this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509CC1B1" w14:textId="77777777" w:rsidR="00907823" w:rsidRPr="00521769" w:rsidRDefault="00907823" w:rsidP="00910991">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28BF8336" w14:textId="59BF2074" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00FC077F" w:rsidP="00910991">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>References</w:t>
+      </w:r>
+      <w:r w:rsidR="004F0D5F" w:rsidRPr="00521769">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:caps/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">REFERENCES </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>please</w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3808,51 +4294,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>authors</w:t>
       </w:r>
       <w:r w:rsidR="00907823" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:caps/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="009D352F" w:rsidP="00910991">
+    <w:p w14:paraId="56197546" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="009D352F" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1920"/>
           <w:tab w:val="left" w:pos="2640"/>
           <w:tab w:val="left" w:pos="3360"/>
           <w:tab w:val="left" w:pos="4080"/>
           <w:tab w:val="left" w:pos="4800"/>
           <w:tab w:val="left" w:pos="5520"/>
           <w:tab w:val="left" w:pos="6240"/>
           <w:tab w:val="left" w:pos="6960"/>
           <w:tab w:val="left" w:pos="7680"/>
           <w:tab w:val="left" w:pos="8400"/>
           <w:tab w:val="left" w:pos="8636"/>
           <w:tab w:val="left" w:pos="9840"/>
           <w:tab w:val="left" w:pos="10560"/>
           <w:tab w:val="left" w:pos="11280"/>
           <w:tab w:val="left" w:pos="12000"/>
           <w:tab w:val="left" w:pos="12720"/>
           <w:tab w:val="left" w:pos="13440"/>
           <w:tab w:val="left" w:pos="14160"/>
           <w:tab w:val="left" w:pos="14880"/>
           <w:tab w:val="left" w:pos="15600"/>
           <w:tab w:val="left" w:pos="16320"/>
           <w:tab w:val="left" w:pos="17040"/>
@@ -3941,172 +4427,173 @@
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Authors are likewise encouraged to use current literature (not more than 10 years) unless these are vital to the study. The authors may refer to the examples below (lifted from the APA 7</w:t>
       </w:r>
       <w:r w:rsidR="00352427" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
       <w:r w:rsidR="00352427" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Common Reference Example Guide) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00352427" w:rsidRPr="00521769">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/instructional-aids/reference-examples.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00352427" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A75263" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> For more information and guidance, please refer to this link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00DD4721" w:rsidRPr="00521769">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/style-grammar-guidelines/references/examples</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00DD4721" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0089514F" w:rsidRPr="00521769" w:rsidRDefault="0089514F" w:rsidP="00910991">
+    <w:p w14:paraId="29B4E349" w14:textId="77777777" w:rsidR="0089514F" w:rsidRPr="00521769" w:rsidRDefault="0089514F" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1920"/>
           <w:tab w:val="left" w:pos="2640"/>
           <w:tab w:val="left" w:pos="3360"/>
           <w:tab w:val="left" w:pos="4080"/>
           <w:tab w:val="left" w:pos="4800"/>
           <w:tab w:val="left" w:pos="5520"/>
           <w:tab w:val="left" w:pos="6240"/>
           <w:tab w:val="left" w:pos="6960"/>
           <w:tab w:val="left" w:pos="7680"/>
           <w:tab w:val="left" w:pos="8400"/>
           <w:tab w:val="left" w:pos="8636"/>
           <w:tab w:val="left" w:pos="9840"/>
           <w:tab w:val="left" w:pos="10560"/>
           <w:tab w:val="left" w:pos="11280"/>
           <w:tab w:val="left" w:pos="12000"/>
           <w:tab w:val="left" w:pos="12720"/>
           <w:tab w:val="left" w:pos="13440"/>
           <w:tab w:val="left" w:pos="14160"/>
           <w:tab w:val="left" w:pos="14880"/>
           <w:tab w:val="left" w:pos="15600"/>
           <w:tab w:val="left" w:pos="16320"/>
           <w:tab w:val="left" w:pos="17040"/>
           <w:tab w:val="left" w:pos="17760"/>
           <w:tab w:val="left" w:pos="18480"/>
           <w:tab w:val="left" w:pos="19200"/>
           <w:tab w:val="left" w:pos="19920"/>
           <w:tab w:val="left" w:pos="20640"/>
           <w:tab w:val="left" w:pos="21360"/>
           <w:tab w:val="left" w:pos="22080"/>
           <w:tab w:val="left" w:pos="22800"/>
           <w:tab w:val="left" w:pos="23520"/>
           <w:tab w:val="left" w:pos="24240"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="373435"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="1B802DBB" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Journal</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Article</w:t>
@@ -4138,51 +4625,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.1)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="1F6719FB" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="85" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single" w:color="0F8092"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-6"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Edwards,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
@@ -5213,88 +5700,87 @@
           <w:spacing w:val="-9"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1242–1256.</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-9"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-4"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/edu0000696</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="515C6AC1" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Authored</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Book</w:t>
       </w:r>
@@ -5324,51 +5810,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.2)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="61784D45" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:before="84" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Kaufman,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
@@ -5779,65 +6265,65 @@
           <w:iCs/>
           <w:spacing w:val="-16"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Association</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17">
+      <w:hyperlink r:id="rId18">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000048-000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="5F394421" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Edited</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
@@ -5911,51 +6397,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.3)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="32F78DB1" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:before="85" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Zeleke,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -6596,65 +7082,65 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Psychological</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Association. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18">
+      <w:hyperlink r:id="rId19">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://doi.org/10.1037/0000157-002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="5E0381C3" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dissertation</w:t>
       </w:r>
@@ -6757,51 +7243,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.6)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="4795F419" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:before="85" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Horvath-Plyman,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -7499,73 +7985,74 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Theses</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Global.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="5EC25040" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="89" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Preprint</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Article</w:t>
@@ -7597,51 +8084,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.8)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="5F8D9A0A" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:before="85" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Latimier</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8052,65 +8539,65 @@
           <w:i/>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PsyArXiv.</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19">
+      <w:hyperlink r:id="rId20">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-4"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://psyarxiv.com/kzy7u/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="565B55F6" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Data</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
@@ -8161,51 +8648,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.9)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="08FDA087" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:before="84" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>O’Donohue,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-17"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -8550,130 +9037,129 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Social</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Research</w:t>
       </w:r>
-      <w:hyperlink r:id="rId20">
+      <w:hyperlink r:id="rId21">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-10"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-6"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://doi.org/10.3886/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0070C0"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21">
+      <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>ICPSR36966.v1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="05040C93" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Open</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Educational</w:t>
@@ -8729,51 +9215,51 @@
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.16)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="0763195B" w14:textId="77777777" w:rsidR="00352427" w:rsidRPr="00521769" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="85" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fagan,</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9081,981 +9567,699 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:spacing w:val="-4"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22">
+      <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="00521769">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b w:val="0"/>
             <w:bCs/>
             <w:color w:val="0070C0"/>
             <w:spacing w:val="-4"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single" w:color="0F8092"/>
           </w:rPr>
           <w:t>https://www.oercommons.org/authoring/53029-nursing-clinical-brain/view</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00352427" w:rsidRDefault="00352427" w:rsidP="00910991">
+    <w:p w14:paraId="7FD06324" w14:textId="77777777" w:rsidR="00352427" w:rsidRDefault="00352427" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
+    <w:p w14:paraId="787846EC" w14:textId="77777777" w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
+    <w:p w14:paraId="3945CCB0" w14:textId="77777777" w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
+    <w:p w14:paraId="45CA46A4" w14:textId="77777777" w:rsidR="00910991" w:rsidRDefault="00910991" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00910991" w:rsidRPr="00521769" w:rsidRDefault="00910991" w:rsidP="00910991">
+    <w:p w14:paraId="7C04DF16" w14:textId="77777777" w:rsidR="00910991" w:rsidRPr="00521769" w:rsidRDefault="00910991" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A636E" w:rsidRDefault="008A636E" w:rsidP="00910991">
+    <w:p w14:paraId="61EF4334" w14:textId="77777777" w:rsidR="008A636E" w:rsidRDefault="008A636E" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="32F2179B" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="0C805680" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="32832107" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="6B96C9AE" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="12C404A3" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="2979508F" w14:textId="77777777" w:rsidR="00C842A0" w:rsidRPr="00C842A0" w:rsidRDefault="00C842A0" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="00B050"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C842A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>FIGURES</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="2E144163" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="005679F9" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...294 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="005679F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53735FD0">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14F4DCCD" wp14:editId="10C752B5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1487170</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>57150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2349500" cy="2607310"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapThrough wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="2802" y="210"/>
                 <wp:lineTo x="2569" y="631"/>
                 <wp:lineTo x="3036" y="1263"/>
                 <wp:lineTo x="4787" y="2104"/>
                 <wp:lineTo x="1168" y="3788"/>
                 <wp:lineTo x="701" y="3893"/>
                 <wp:lineTo x="584" y="12731"/>
                 <wp:lineTo x="3503" y="13888"/>
                 <wp:lineTo x="4787" y="13888"/>
                 <wp:lineTo x="3269" y="15571"/>
                 <wp:lineTo x="3269" y="16203"/>
                 <wp:lineTo x="6188" y="17570"/>
                 <wp:lineTo x="2685" y="20622"/>
                 <wp:lineTo x="3152" y="21358"/>
@@ -10084,373 +10288,373 @@
                 <wp:lineTo x="14828" y="5997"/>
                 <wp:lineTo x="5488" y="5471"/>
                 <wp:lineTo x="14828" y="4629"/>
                 <wp:lineTo x="15178" y="4208"/>
                 <wp:lineTo x="13777" y="3788"/>
                 <wp:lineTo x="13894" y="3788"/>
                 <wp:lineTo x="5488" y="2104"/>
                 <wp:lineTo x="5604" y="1052"/>
                 <wp:lineTo x="5254" y="526"/>
                 <wp:lineTo x="4203" y="210"/>
                 <wp:lineTo x="2802" y="210"/>
               </wp:wrapPolygon>
             </wp:wrapThrough>
             <wp:docPr id="1340991753" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1340991753" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId23">
+                    <a:blip r:embed="rId24">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="12248"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2349500" cy="2607310"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="5A1D38B9" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="2E15EF2B" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="1A8515EC" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="7EA6B547" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="5C856DFC" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
+    <w:p w14:paraId="05D94CDE" w14:textId="77777777" w:rsidR="00A75263" w:rsidRPr="00521769" w:rsidRDefault="00A75263" w:rsidP="00910991">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="339"/>
           <w:tab w:val="left" w:pos="1919"/>
           <w:tab w:val="left" w:pos="2639"/>
           <w:tab w:val="left" w:pos="3359"/>
           <w:tab w:val="left" w:pos="4079"/>
           <w:tab w:val="left" w:pos="4799"/>
           <w:tab w:val="left" w:pos="5519"/>
           <w:tab w:val="left" w:pos="6239"/>
           <w:tab w:val="left" w:pos="6959"/>
           <w:tab w:val="left" w:pos="7679"/>
           <w:tab w:val="left" w:pos="8399"/>
           <w:tab w:val="left" w:pos="8635"/>
           <w:tab w:val="left" w:pos="9839"/>
           <w:tab w:val="left" w:pos="10559"/>
           <w:tab w:val="left" w:pos="11279"/>
           <w:tab w:val="left" w:pos="11999"/>
           <w:tab w:val="left" w:pos="12719"/>
           <w:tab w:val="left" w:pos="13439"/>
           <w:tab w:val="left" w:pos="14159"/>
           <w:tab w:val="left" w:pos="14879"/>
           <w:tab w:val="left" w:pos="15599"/>
           <w:tab w:val="left" w:pos="16319"/>
           <w:tab w:val="left" w:pos="17039"/>
           <w:tab w:val="left" w:pos="17759"/>
           <w:tab w:val="left" w:pos="18479"/>
           <w:tab w:val="left" w:pos="19199"/>
           <w:tab w:val="left" w:pos="19919"/>
           <w:tab w:val="left" w:pos="20639"/>
           <w:tab w:val="left" w:pos="21359"/>
           <w:tab w:val="left" w:pos="22079"/>
           <w:tab w:val="left" w:pos="22799"/>
           <w:tab w:val="left" w:pos="23519"/>
           <w:tab w:val="left" w:pos="24239"/>
         </w:tabs>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:left="339" w:hanging="338"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="7C669ED6" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Figure 1. </w:t>
       </w:r>
       <w:r w:rsidR="005679F9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10547,204 +10751,204 @@
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00EC748A" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Figures should be of high quality, with line thickness and lettering size suitable for reducing the original dimensions by up to 50%</w:t>
       </w:r>
       <w:r w:rsidR="00D31136">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="07E86ECF" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="7AEFA06F" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="55EACD17" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="2BCAD47B" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="1F464675" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="6609ACD3" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="1C380EF2" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="2DA209CB" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="3C5E8D35" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="125C09A4" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="6FEA94D1" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
+    <w:p w14:paraId="155C17A1" w14:textId="77777777" w:rsidR="009E54ED" w:rsidRDefault="009E54ED" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C842A0" w:rsidRPr="00C842A0" w:rsidRDefault="00C842A0" w:rsidP="00910991">
+    <w:p w14:paraId="09033F27" w14:textId="77777777" w:rsidR="00C842A0" w:rsidRPr="00C842A0" w:rsidRDefault="00C842A0" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C842A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>TABLES</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C842A0" w:rsidRPr="00521769" w:rsidRDefault="00C842A0" w:rsidP="00910991">
+    <w:p w14:paraId="5C9A6F77" w14:textId="77777777" w:rsidR="00C842A0" w:rsidRPr="00521769" w:rsidRDefault="00C842A0" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+    <w:p w14:paraId="2BB32031" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -10933,518 +11137,518 @@
       </w:r>
       <w:r w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="AdvGulliv-R" w:hAnsi="Arial" w:cs="Arial"/>
           <w:iCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1671"/>
         <w:gridCol w:w="1739"/>
         <w:gridCol w:w="2259"/>
         <w:gridCol w:w="1700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidTr="00D31136">
+      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w14:paraId="13EC9A19" w14:textId="77777777" w:rsidTr="00D31136">
         <w:trPr>
           <w:trHeight w:val="314"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+          <w:p w14:paraId="11E6CA3A" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Group</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="5DE8BF0D" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="44F64777" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="37206FBB" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sexual Conversion (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+          <w:p w14:paraId="726B280E" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Interpretation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidTr="00D31136">
+      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w14:paraId="450B1C8D" w14:textId="77777777" w:rsidTr="00D31136">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="76E0720B" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="1B83FC58" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clone 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="31748879" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Liver</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
+          <w:p w14:paraId="5EA44EE4" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="004F0D5F" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00521769">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D31136">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="60735EDD" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidTr="00D31136">
+      <w:tr w:rsidR="004F0D5F" w:rsidRPr="00521769" w14:paraId="004F3622" w14:textId="77777777" w:rsidTr="00D31136">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="56532603" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Treatment 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1671" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="4EE6244B" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Clone 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1739" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="6E0B3DF7" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Bone Marrow</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2259" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="40551C13" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1700" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+          <w:p w14:paraId="1C22DB99" w14:textId="77777777" w:rsidR="004F0D5F" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
             <w:pPr>
               <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="009B7FCE" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
+    <w:p w14:paraId="79DC56A4" w14:textId="77777777" w:rsidR="009B7FCE" w:rsidRPr="00521769" w:rsidRDefault="00D31136" w:rsidP="00910991">
       <w:pPr>
         <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r w:rsidR="004F0D5F" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r>
@@ -11551,188 +11755,187 @@
         <w:t xml:space="preserve"> explanatory notes to tables should be indicated by superscript small letters</w:t>
       </w:r>
       <w:r w:rsidR="004F0D5F" w:rsidRPr="00521769">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009B7FCE" w:rsidRPr="00521769" w:rsidSect="007216E5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="510" w:footer="0" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC08B8" w:rsidRDefault="00FC08B8" w:rsidP="004F0D5F">
+    <w:p w14:paraId="4ABF6F44" w14:textId="77777777" w:rsidR="000A059F" w:rsidRDefault="000A059F" w:rsidP="004F0D5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC08B8" w:rsidRDefault="00FC08B8" w:rsidP="004F0D5F">
+    <w:p w14:paraId="33491A29" w14:textId="77777777" w:rsidR="000A059F" w:rsidRDefault="000A059F" w:rsidP="004F0D5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="02040503050203030202"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="0000A003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DengXian Light">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvGulliv-R">
     <w:altName w:val="Arial Unicode MS"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000005" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020002" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblpPr w:leftFromText="187" w:rightFromText="187" w:vertAnchor="text" w:tblpY="1"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4081"/>
       <w:gridCol w:w="907"/>
       <w:gridCol w:w="4082"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00524144" w:rsidTr="00524144">
+    <w:tr w:rsidR="00524144" w14:paraId="36809B34" w14:textId="77777777" w:rsidTr="00524144">
       <w:trPr>
         <w:trHeight w:val="151"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="6959BAF4" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="500" w:type="pct"/>
           <w:vMerge w:val="restart"/>
           <w:noWrap/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="00A72A7C" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="326601A7" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="00A72A7C" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="NoSpacing"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A72A7C">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="00A72A7C">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-US"/>
@@ -11764,334 +11967,397 @@
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r w:rsidRPr="00A72A7C">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:eastAsia="en-US"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="0E5A3A70" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00524144" w:rsidTr="00524144">
+    <w:tr w:rsidR="00524144" w14:paraId="24108711" w14:textId="77777777" w:rsidTr="00524144">
       <w:trPr>
         <w:trHeight w:val="150"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="7ECEDC6C" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="500" w:type="pct"/>
           <w:vMerge/>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="60EB26D3" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2250" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4F81BD"/>
           </w:tcBorders>
         </w:tcPr>
-        <w:p w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
+        <w:p w14:paraId="383D55C7" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="001C6762" w:rsidRDefault="00524144" w:rsidP="00521769">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144">
+  <w:p w14:paraId="291A4D80" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="711BF56C" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="58A32CD7" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-451009445"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w:rsidR="00521769" w:rsidRDefault="00521769" w:rsidP="007E7657">
+      <w:p w14:paraId="0F1749EF" w14:textId="77777777" w:rsidR="00521769" w:rsidRDefault="00521769" w:rsidP="007E7657">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00524144" w:rsidRPr="007216E5" w:rsidRDefault="007216E5">
+  <w:p w14:paraId="0B7C0DF3" w14:textId="0E1F5736" w:rsidR="00524144" w:rsidRPr="007216E5" w:rsidRDefault="007216E5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007216E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>Version</w:t>
     </w:r>
     <w:r w:rsidR="00524144" w:rsidRPr="007216E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">: </w:t>
     </w:r>
+    <w:r w:rsidR="00C22F09">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>15</w:t>
+    </w:r>
     <w:r w:rsidRPr="007216E5">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
-      <w:t>27 January 2025</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00C22F09">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">December </w:t>
+    </w:r>
+    <w:r w:rsidRPr="007216E5">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>2025</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="312FD8A1" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="1396588E" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FC08B8" w:rsidRDefault="00FC08B8" w:rsidP="004F0D5F">
+    <w:p w14:paraId="58B4C29C" w14:textId="77777777" w:rsidR="000A059F" w:rsidRDefault="000A059F" w:rsidP="004F0D5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FC08B8" w:rsidRDefault="00FC08B8" w:rsidP="004F0D5F">
+    <w:p w14:paraId="3119DF99" w14:textId="77777777" w:rsidR="000A059F" w:rsidRDefault="000A059F" w:rsidP="004F0D5F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00524144" w:rsidRPr="004E36C7" w:rsidRDefault="00524144" w:rsidP="00524144">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DB26A2C" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="004E36C7" w:rsidRDefault="00524144" w:rsidP="00524144">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:between w:val="single" w:sz="4" w:space="1" w:color="4F81BD"/>
       </w:pBdr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:i/>
       </w:rPr>
-      <w:t>JMBFS  / Surname of author et al. 20xx x (x) x-xx</w:t>
+      <w:t xml:space="preserve">JMBFS  / </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b/>
+        <w:i/>
+      </w:rPr>
+      <w:t>Surname</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b/>
+        <w:i/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b/>
+        <w:i/>
+      </w:rPr>
+      <w:t>author</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:b/>
+        <w:i/>
+      </w:rPr>
+      <w:t xml:space="preserve"> et al. 20xx x (x) x-xx</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRPr="004E36C7" w:rsidRDefault="00524144" w:rsidP="00524144">
+  <w:p w14:paraId="609FCDD5" w14:textId="77777777" w:rsidR="00524144" w:rsidRPr="004E36C7" w:rsidRDefault="00524144" w:rsidP="00524144">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:between w:val="single" w:sz="4" w:space="1" w:color="4F81BD"/>
       </w:pBdr>
       <w:spacing w:line="276" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:b/>
         <w:i/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="6DA858E4" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
+  <w:p w14:paraId="6E670DF9" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144"/>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w:rsidR="00BE3C17" w:rsidRDefault="00BE3C17" w:rsidP="007E7657">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B6A0A71" w14:textId="77777777" w:rsidR="00BE3C17" w:rsidRDefault="00BE3C17" w:rsidP="007E7657">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144" w:rsidP="00524144">
+  <w:p w14:paraId="7E1F517C" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144" w:rsidP="00524144">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00524144" w:rsidRDefault="00524144" w:rsidP="00524144">
+  <w:p w14:paraId="12860A58" w14:textId="77777777" w:rsidR="00524144" w:rsidRDefault="00524144" w:rsidP="00524144">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18D60FBD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CC1CF9A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -12168,162 +12434,167 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="174148401">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="67"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="131"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F0D5F"/>
     <w:rsid w:val="0003266E"/>
     <w:rsid w:val="0003595C"/>
+    <w:rsid w:val="000A059F"/>
     <w:rsid w:val="000C1A54"/>
     <w:rsid w:val="000F7111"/>
     <w:rsid w:val="001030AB"/>
     <w:rsid w:val="001854DD"/>
     <w:rsid w:val="001E61B0"/>
     <w:rsid w:val="002C744F"/>
     <w:rsid w:val="00352427"/>
     <w:rsid w:val="003E3E28"/>
     <w:rsid w:val="00445B2A"/>
     <w:rsid w:val="004F0D5F"/>
     <w:rsid w:val="00521769"/>
+    <w:rsid w:val="00523A04"/>
     <w:rsid w:val="00524144"/>
     <w:rsid w:val="005679F9"/>
     <w:rsid w:val="00586C69"/>
     <w:rsid w:val="005A098E"/>
     <w:rsid w:val="005B5DAF"/>
     <w:rsid w:val="005B5FE2"/>
     <w:rsid w:val="00657A3A"/>
     <w:rsid w:val="007216E5"/>
     <w:rsid w:val="00761473"/>
     <w:rsid w:val="00780D53"/>
     <w:rsid w:val="007B42DA"/>
     <w:rsid w:val="007E642A"/>
     <w:rsid w:val="008561B1"/>
     <w:rsid w:val="008603CC"/>
     <w:rsid w:val="0089514F"/>
     <w:rsid w:val="008A636E"/>
     <w:rsid w:val="008B5056"/>
     <w:rsid w:val="00907823"/>
     <w:rsid w:val="00910991"/>
     <w:rsid w:val="009708B3"/>
     <w:rsid w:val="00997989"/>
     <w:rsid w:val="009B7FCE"/>
     <w:rsid w:val="009D352F"/>
     <w:rsid w:val="009E54ED"/>
     <w:rsid w:val="00A75263"/>
     <w:rsid w:val="00AE5CE1"/>
     <w:rsid w:val="00B764B5"/>
     <w:rsid w:val="00BA006A"/>
     <w:rsid w:val="00BE3C17"/>
+    <w:rsid w:val="00C22F09"/>
     <w:rsid w:val="00C842A0"/>
     <w:rsid w:val="00D31136"/>
     <w:rsid w:val="00D31225"/>
     <w:rsid w:val="00D62358"/>
     <w:rsid w:val="00DB5884"/>
     <w:rsid w:val="00DD4721"/>
+    <w:rsid w:val="00E03C45"/>
     <w:rsid w:val="00E20022"/>
     <w:rsid w:val="00E960C3"/>
     <w:rsid w:val="00EC748A"/>
+    <w:rsid w:val="00FC077F"/>
     <w:rsid w:val="00FC08B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-PH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="56E253AB"/>
+  <w14:docId w14:val="61CB1100"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{90F9553E-9A87-7443-9815-71F734F913DF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Mangal"/>
         <w:lang w:val="en-PH" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13361,78 +13632,89 @@
     <w:rsid w:val="00352427"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DD4721"/>
     <w:rPr>
       <w:color w:val="954F72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE3C17"/>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC077F"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="948513006">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="windows-1252"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psycnet.apa.org/record/2019-51669-002" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3886/ICPSR36966.v1" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psycnet.apa.org/PsycBOOKS/toc/16020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/edu0000696" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3886/ICPSR36966.v1" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psyarxiv.com/kzy7u/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oercommons.org/authoring/53029-nursing-clinical-brain/view" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atr.vsu.edu.ph/instruction-to-authors" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psycnet.apa.org/PsycBOOKS/toc/16020" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3886/ICPSR36966.v1" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1037/edu0000696" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines/references/examples" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psyarxiv.com/kzy7u/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/instructional-aids/reference-examples.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.oercommons.org/authoring/53029-nursing-clinical-brain/view" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://psycnet.apa.org/record/2019-51669-002" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3886/ICPSR36966.v1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -13706,76 +13988,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E986439-A46B-154F-8E00-BA4ACC325FDF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>8061</Characters>
+  <Pages>11</Pages>
+  <Words>1495</Words>
+  <Characters>8525</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>201</Lines>
-  <Paragraphs>91</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9293</CharactersWithSpaces>
+  <CharactersWithSpaces>10001</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="60" baseType="variant">
       <vt:variant>
         <vt:i4>6815862</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.oercommons.org/authoring/53029-nursing-clinical-brain/view</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4390929</vt:i4>
       </vt:variant>
       <vt:variant>